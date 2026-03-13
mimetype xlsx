--- v0 (2026-03-12)
+++ v1 (2026-03-13)
@@ -1238,56 +1238,56 @@
   <si>
     <t>CONSORCIO SANCHEZ E.I.R.L</t>
   </si>
   <si>
     <t>JR. TACNA MZA. T LOTE. 5 (COSTADO DE MERCADO) AYACUCHO - LUCANAS - PUQUIO</t>
   </si>
   <si>
     <t>CONSUELO CASTILLO</t>
   </si>
   <si>
     <t>MCDO. ARENALES - PUERTA DE ENTRADA</t>
   </si>
   <si>
     <t>CONSUELO MENDOZA</t>
   </si>
   <si>
     <t>CONSUELO MEZA SALES</t>
   </si>
   <si>
     <t>MCDO. SANTO DOMINGO- FRENTE A LEYLA</t>
   </si>
   <si>
     <t>CONSUELO PINO</t>
   </si>
   <si>
+    <t>0690000</t>
+  </si>
+  <si>
     <t>06900000</t>
   </si>
   <si>
-    <t>0690000</t>
-[...1 lines deleted...]
-  <si>
     <t>CONVER</t>
   </si>
   <si>
     <t>MCDO. NUEVO AMANECER - TINGUIÃA</t>
   </si>
   <si>
     <t>CORINA</t>
   </si>
   <si>
     <t>MCDO. BUEN PASTOR - COSTADO ERIKA</t>
   </si>
   <si>
     <t>CORPORACION EL MUELLE E.I.R.L.</t>
   </si>
   <si>
     <t>AV. NICOLAS DE RIVERA EL VIEJO MZA. B LOTE. 01 URB.  SOL DE ICA - ICA - ICA - ICA</t>
   </si>
   <si>
     <t>CRECENCIA  BENDEZU MARCA</t>
   </si>
   <si>
     <t>MCDO. NRO. 1 CENTRAL PTO 20-21 - PISCO</t>
   </si>
   <si>
     <t>CRISOSTOMO  CANALES CCOYLLO</t>
@@ -2753,56 +2753,56 @@
   <si>
     <t>IRIS</t>
   </si>
   <si>
     <t>IRIS BAUTISTA</t>
   </si>
   <si>
     <t>MCDO. MI PERU PTO 166</t>
   </si>
   <si>
     <t>IRIS GAVILAN</t>
   </si>
   <si>
     <t>MCDO. MANZANILLA PTO 65</t>
   </si>
   <si>
     <t>IRIS HERRERA</t>
   </si>
   <si>
     <t>CALLE CALLAO - NAZCA</t>
   </si>
   <si>
     <t>ISABEL</t>
   </si>
   <si>
+    <t>CALLE TARAPACA - COSTADO QUILLAS</t>
+  </si>
+  <si>
     <t>MCDO. LA UNION 2DO PISO - PARCONA</t>
   </si>
   <si>
-    <t>CALLE TARAPACA - COSTADO QUILLAS</t>
-[...1 lines deleted...]
-  <si>
     <t>ISABEL BENDEZU</t>
   </si>
   <si>
     <t>ISABEL DOMINGUEZ</t>
   </si>
   <si>
     <t>ISABEL JESUS MACHADO RUPIRE</t>
   </si>
   <si>
     <t>CALLE TRUJILLO 278 - PALPA</t>
   </si>
   <si>
     <t>ISABEL LA ROSA</t>
   </si>
   <si>
     <t>MCDO. MI PERU - LA TINGUIÃA</t>
   </si>
   <si>
     <t>ISABEL ROJAS</t>
   </si>
   <si>
     <t>ISAIAS QUISPE</t>
   </si>
   <si>
     <t>EMANCIPACION- COSTADO POLLERIA -CHALA</t>
@@ -3023,56 +3023,56 @@
   <si>
     <t>JHORSH SARMIENTO</t>
   </si>
   <si>
     <t>MCDO. MODELO EXTERIOR -POLLO</t>
   </si>
   <si>
     <t>JIMENA APCHA</t>
   </si>
   <si>
     <t>01177</t>
   </si>
   <si>
     <t>MZ. O LOTE 9 - REF. PLAZUELA - LOS AQUIJES</t>
   </si>
   <si>
     <t>JIMMY CHAVEZ</t>
   </si>
   <si>
     <t>JOANA BARRIENTOS</t>
   </si>
   <si>
     <t>JORGE</t>
   </si>
   <si>
+    <t>MCDO. MODELO B36</t>
+  </si>
+  <si>
     <t>MCDO. MODELO B36 - FRENTE JUGUERIA</t>
   </si>
   <si>
-    <t>MCDO. MODELO B36</t>
-[...1 lines deleted...]
-  <si>
     <t>JORGE AGUIRRE</t>
   </si>
   <si>
     <t>09010003</t>
   </si>
   <si>
     <t>PASADISO CENTRAL - PLATAFORMA AZUL</t>
   </si>
   <si>
     <t>JORGE BERROCAL</t>
   </si>
   <si>
     <t>JORGE ENCISO MEZA</t>
   </si>
   <si>
     <t>AV. ARENALES 608 - RESTAURANTE</t>
   </si>
   <si>
     <t>JORGE LUIS HUAMAN</t>
   </si>
   <si>
     <t>JORGE MENDOZA</t>
   </si>
   <si>
     <t>AV. FERMIN TANGUIS 450 - PISCO</t>
@@ -3710,56 +3710,56 @@
   <si>
     <t>MCDO. ELIANE KARP EXTERIOR - PALPA</t>
   </si>
   <si>
     <t>LUCIA INES SANTIAGO JIMENEZ</t>
   </si>
   <si>
     <t>MCDO. EL RIO - AFUERA</t>
   </si>
   <si>
     <t>LUCIA JUSTIN PEVE NARREA</t>
   </si>
   <si>
     <t>MCDO. CENTRAL CHALA - SECCION VERDURA</t>
   </si>
   <si>
     <t>LUCIA MUÃOZ</t>
   </si>
   <si>
     <t>AV. RAMON CASTILLA - FRENTE AL MCDO. LA UNION</t>
   </si>
   <si>
     <t>LUCY</t>
   </si>
   <si>
+    <t>MCDO. ARENALES - ENTRADA DE CARROS</t>
+  </si>
+  <si>
     <t>CALLE PAITA- COSTADO DEL MCDO. DEL RIO</t>
   </si>
   <si>
-    <t>MCDO. ARENALES - ENTRADA DE CARROS</t>
-[...1 lines deleted...]
-  <si>
     <t>LUCYNDA BARRIENTOS</t>
   </si>
   <si>
     <t>LUIS ALACHA</t>
   </si>
   <si>
     <t>074000</t>
   </si>
   <si>
     <t>MCDO. MODELO FRENTE A LILIANA</t>
   </si>
   <si>
     <t>LUIS ALBERTO ZARATE ZUÃIGA</t>
   </si>
   <si>
     <t>MCDO. ELIANE KARP PTO 6 - ESPOSO DE LIDUVINA</t>
   </si>
   <si>
     <t>LUIS COLORADO</t>
   </si>
   <si>
     <t>LUIS FELIPE</t>
   </si>
   <si>
     <t>06060000</t>
@@ -5543,56 +5543,56 @@
   <si>
     <t>RONNY CHUQUIRAY</t>
   </si>
   <si>
     <t>FERIAL CANTORAL - NAZCA</t>
   </si>
   <si>
     <t>RONNY PARICANAZA</t>
   </si>
   <si>
     <t>ESQUINA MCDO ADENTRO - SAN CLEMENTE</t>
   </si>
   <si>
     <t>RONY ROJAS</t>
   </si>
   <si>
     <t>MCDO. SANTO DOMINGO J165 - DULCES</t>
   </si>
   <si>
     <t>RORIO CHOQUE</t>
   </si>
   <si>
     <t>ROSA</t>
   </si>
   <si>
+    <t>SANTIAGO - MERCADO COSTADO</t>
+  </si>
+  <si>
     <t>MCDO. ARENALES - POLLO</t>
   </si>
   <si>
-    <t>SANTIAGO - MERCADO COSTADO</t>
-[...1 lines deleted...]
-  <si>
     <t>ROSA ANYOSA</t>
   </si>
   <si>
     <t>0918000</t>
   </si>
   <si>
     <t>MCDO. SAN ANTONIO PTO 42</t>
   </si>
   <si>
     <t>ROSA CALDERON</t>
   </si>
   <si>
     <t>ROSA CASAYCO SALAZAR</t>
   </si>
   <si>
     <t>ROSA CAYO</t>
   </si>
   <si>
     <t>MCDO. ARENALES SECTOR 2 H 11</t>
   </si>
   <si>
     <t>ROSA HINOSTROZA</t>
   </si>
   <si>
     <t>ROSA HUAYANCA</t>
@@ -5681,56 +5681,56 @@
   <si>
     <t>CALLE AUGUSTO BELEGUIA - REF- FRENTE A GALINDO - VERDURA</t>
   </si>
   <si>
     <t>ROSSMERY PARIONA</t>
   </si>
   <si>
     <t>ROSSY MARIN</t>
   </si>
   <si>
     <t>MCDO. PLATAFORMA AZUL - PISCO</t>
   </si>
   <si>
     <t>ROSSY VENTURA</t>
   </si>
   <si>
     <t>00011000</t>
   </si>
   <si>
     <t>MCDO. MANZANILLA PTO 18</t>
   </si>
   <si>
     <t>ROXANA</t>
   </si>
   <si>
+    <t>MCDO. EL PROGRESO- NASCA COSTADO WILMER</t>
+  </si>
+  <si>
     <t>SAN CLEMENTE - VERDURA</t>
   </si>
   <si>
-    <t>MCDO. EL PROGRESO- NASCA COSTADO WILMER</t>
-[...1 lines deleted...]
-  <si>
     <t>ROXANA CANALES</t>
   </si>
   <si>
     <t>ROXANA CUBA HUAMANI</t>
   </si>
   <si>
     <t>ROXANA QUISPE</t>
   </si>
   <si>
     <t>MCDO. SANTO DOMINGO - QUESO</t>
   </si>
   <si>
     <t>ROXANA ROJAS</t>
   </si>
   <si>
     <t>ROXANA SANDOVAL</t>
   </si>
   <si>
     <t>00633</t>
   </si>
   <si>
     <t>MCDO. ARENALES-COSTADO GREGORY</t>
   </si>
   <si>
     <t>RUBEN ASTO</t>
@@ -6380,56 +6380,56 @@
   <si>
     <t>VANESSA DIANA JAYO ARONI</t>
   </si>
   <si>
     <t>MCDO. ARENALES - POR LA PLAYA ESTACIONAMIENTO</t>
   </si>
   <si>
     <t>VANESSA FERNANDEZ</t>
   </si>
   <si>
     <t>VARA CASTRO</t>
   </si>
   <si>
     <t>09000050</t>
   </si>
   <si>
     <t>JIRON TACNA NRO. 414 -PUQUIO</t>
   </si>
   <si>
     <t>VARIOS</t>
   </si>
   <si>
     <t>00000001</t>
   </si>
   <si>
+    <t>PANAMERICA SUR</t>
+  </si>
+  <si>
     <t>BARRIO CHINO-MAYORISTA</t>
   </si>
   <si>
-    <t>PANAMERICA SUR</t>
-[...1 lines deleted...]
-  <si>
     <t>VELASQUEZ VALENZUELA ELSA ELIZABETH</t>
   </si>
   <si>
     <t>VENTURA SOTOMAYOR OGILVE SILVANO</t>
   </si>
   <si>
     <t>VICENTE LUJAN</t>
   </si>
   <si>
     <t>VICENTE SANTOS</t>
   </si>
   <si>
     <t>00007900</t>
   </si>
   <si>
     <t>PANAMERICA SUR - SANTA ROSA- BODEGA BLONDY</t>
   </si>
   <si>
     <t>VICTOR CARRASCO FERREYCA</t>
   </si>
   <si>
     <t>MCDO. ELIANE KARP- COSTADO MAXIMILIANA TELLO</t>
   </si>
   <si>
     <t>VICTOR JOEL TASAICO SUAREZ</t>
@@ -6770,54 +6770,54 @@
   <si>
     <t>YOLANDA ORMEÃO QUISPE</t>
   </si>
   <si>
     <t>YOMIRA</t>
   </si>
   <si>
     <t>MCDO. EL RIO - PUERTA DEL MEDIO</t>
   </si>
   <si>
     <t>YOSELIN JANAMPA</t>
   </si>
   <si>
     <t>YOSELIN SANTAMARIA</t>
   </si>
   <si>
     <t>YOSELINE DEL ROSARIO DE LA CRUZ PACHECO</t>
   </si>
   <si>
     <t>AV. 4 DE JULIO (MONICA) - PISCO</t>
   </si>
   <si>
     <t>YOVANA</t>
   </si>
   <si>
+    <t>PACHACUTEC - FRENTE A LIBRERIA</t>
+  </si>
+  <si>
     <t>MCDO. ARENALES -MAYORISTA</t>
-  </si>
-[...1 lines deleted...]
-    <t>PACHACUTEC - FRENTE A LIBRERIA</t>
   </si>
   <si>
     <t>YOVANA AGUADO</t>
   </si>
   <si>
     <t>MCDO. MODELO PTO 145</t>
   </si>
   <si>
     <t>YOVANA BARRIENTOS PIZARRO</t>
   </si>
   <si>
     <t>YOVANA CASTRO</t>
   </si>
   <si>
     <t>MCDO. NRO. 1 - EMBUTIDOS - PISCO</t>
   </si>
   <si>
     <t>YOVANA HUAYTA</t>
   </si>
   <si>
     <t>PACHACUTEC- FRENTE LIBRERIA</t>
   </si>
   <si>
     <t>YOVANA MENDOZA</t>
   </si>
@@ -11093,73 +11093,73 @@
         <v>330</v>
       </c>
       <c r="C174" s="3">
         <v>89990991</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>331</v>
       </c>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C175" s="3">
-        <v>96231111</v>
+        <v>9623</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F175" s="3"/>
       <c r="G175" s="3"/>
       <c r="H175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C176" s="3">
-        <v>9623</v>
+        <v>96231111</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F176" s="3"/>
       <c r="G176" s="3"/>
       <c r="H176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C177" s="3">
         <v>22186603</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>10</v>
@@ -11489,117 +11489,117 @@
         <v>359</v>
       </c>
       <c r="C192" s="3">
         <v>399324</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>360</v>
       </c>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
       <c r="H192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C193" s="3">
-        <v>10000018</v>
+        <v>30000070</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>362</v>
+        <v>86</v>
       </c>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C194" s="3">
-        <v>30000070</v>
+        <v>10000018</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>86</v>
+        <v>362</v>
       </c>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C195" s="3">
-        <v>399283</v>
+        <v>71886</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F195" s="3"/>
       <c r="G195" s="3"/>
       <c r="H195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C196" s="3">
-        <v>71886</v>
+        <v>399283</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F196" s="3"/>
       <c r="G196" s="3"/>
       <c r="H196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C197" s="3">
         <v>399256</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>10</v>
@@ -18239,79 +18239,79 @@
         <v>879</v>
       </c>
       <c r="C499" s="3">
         <v>10762598367</v>
       </c>
       <c r="D499" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E499" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F499" s="3"/>
       <c r="G499" s="3"/>
       <c r="H499" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="3">
         <v>498</v>
       </c>
       <c r="B500" s="3" t="s">
         <v>880</v>
       </c>
       <c r="C500" s="3">
-        <v>28825490</v>
+        <v>4108</v>
       </c>
       <c r="D500" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>881</v>
+        <v>705</v>
       </c>
       <c r="F500" s="3"/>
       <c r="G500" s="3"/>
       <c r="H500" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="3">
         <v>499</v>
       </c>
       <c r="B501" s="3" t="s">
         <v>880</v>
       </c>
       <c r="C501" s="3">
-        <v>4108</v>
+        <v>28825490</v>
       </c>
       <c r="D501" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>705</v>
+        <v>881</v>
       </c>
       <c r="F501" s="3"/>
       <c r="G501" s="3"/>
       <c r="H501" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="3">
         <v>500</v>
       </c>
       <c r="B502" s="3" t="s">
         <v>882</v>
       </c>
       <c r="C502" s="3">
         <v>2053</v>
       </c>
       <c r="D502" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E502" s="3" t="s">
         <v>883</v>
       </c>
       <c r="F502" s="3"/>
       <c r="G502" s="3"/>
@@ -18613,73 +18613,73 @@
         <v>910</v>
       </c>
       <c r="C516" s="3">
         <v>95000010</v>
       </c>
       <c r="D516" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E516" s="3" t="s">
         <v>911</v>
       </c>
       <c r="F516" s="3"/>
       <c r="G516" s="3"/>
       <c r="H516" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="3">
         <v>515</v>
       </c>
       <c r="B517" s="3" t="s">
         <v>912</v>
       </c>
       <c r="C517" s="3">
-        <v>399264</v>
+        <v>60000898</v>
       </c>
       <c r="D517" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E517" s="3" t="s">
         <v>913</v>
       </c>
       <c r="F517" s="3"/>
       <c r="G517" s="3"/>
       <c r="H517" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>912</v>
       </c>
       <c r="C518" s="3">
-        <v>60000898</v>
+        <v>399264</v>
       </c>
       <c r="D518" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E518" s="3" t="s">
         <v>914</v>
       </c>
       <c r="F518" s="3"/>
       <c r="G518" s="3"/>
       <c r="H518" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
         <v>915</v>
       </c>
       <c r="C519" s="3">
         <v>99998800</v>
       </c>
       <c r="D519" s="3" t="s">
         <v>10</v>
@@ -19779,73 +19779,73 @@
         <v>1001</v>
       </c>
       <c r="C569" s="3">
         <v>80056</v>
       </c>
       <c r="D569" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E569" s="3" t="s">
         <v>611</v>
       </c>
       <c r="F569" s="3"/>
       <c r="G569" s="3"/>
       <c r="H569" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="C570" s="3">
-        <v>74</v>
+        <v>79725</v>
       </c>
       <c r="D570" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E570" s="3" t="s">
         <v>1003</v>
       </c>
       <c r="F570" s="3"/>
       <c r="G570" s="3"/>
       <c r="H570" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="C571" s="3">
-        <v>79725</v>
+        <v>74</v>
       </c>
       <c r="D571" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E571" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="F571" s="3"/>
       <c r="G571" s="3"/>
       <c r="H571" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="C572" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="D572" s="3" t="s">
         <v>10</v>
@@ -22749,73 +22749,73 @@
         <v>1229</v>
       </c>
       <c r="C704" s="3">
         <v>10989898</v>
       </c>
       <c r="D704" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E704" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="F704" s="3"/>
       <c r="G704" s="3"/>
       <c r="H704" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="3">
         <v>703</v>
       </c>
       <c r="B705" s="3" t="s">
         <v>1231</v>
       </c>
       <c r="C705" s="3">
-        <v>399301</v>
+        <v>399275</v>
       </c>
       <c r="D705" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E705" s="3" t="s">
         <v>1232</v>
       </c>
       <c r="F705" s="3"/>
       <c r="G705" s="3"/>
       <c r="H705" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="3">
         <v>704</v>
       </c>
       <c r="B706" s="3" t="s">
         <v>1231</v>
       </c>
       <c r="C706" s="3">
-        <v>399275</v>
+        <v>399301</v>
       </c>
       <c r="D706" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E706" s="3" t="s">
         <v>1233</v>
       </c>
       <c r="F706" s="3"/>
       <c r="G706" s="3"/>
       <c r="H706" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="3">
         <v>705</v>
       </c>
       <c r="B707" s="3" t="s">
         <v>1234</v>
       </c>
       <c r="C707" s="3">
         <v>63299999</v>
       </c>
       <c r="D707" s="3" t="s">
         <v>10</v>
@@ -24111,123 +24111,123 @@
         <v>1331</v>
       </c>
       <c r="C766" s="3">
         <v>9620</v>
       </c>
       <c r="D766" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E766" s="3" t="s">
         <v>1332</v>
       </c>
       <c r="F766" s="3"/>
       <c r="G766" s="3"/>
       <c r="H766" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="3">
         <v>765</v>
       </c>
       <c r="B767" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C767" s="3">
-        <v>2092</v>
+        <v>79744</v>
       </c>
       <c r="D767" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E767" s="3" t="s">
-        <v>512</v>
+        <v>324</v>
       </c>
       <c r="F767" s="3"/>
       <c r="G767" s="3"/>
       <c r="H767" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="3">
         <v>766</v>
       </c>
       <c r="B768" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C768" s="3">
-        <v>399345</v>
+        <v>399357</v>
       </c>
       <c r="D768" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E768" s="3" t="s">
-        <v>108</v>
+        <v>1334</v>
       </c>
       <c r="F768" s="3"/>
       <c r="G768" s="3"/>
       <c r="H768" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="3">
         <v>767</v>
       </c>
       <c r="B769" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C769" s="3">
-        <v>79744</v>
+        <v>399345</v>
       </c>
       <c r="D769" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E769" s="3" t="s">
-        <v>324</v>
+        <v>108</v>
       </c>
       <c r="F769" s="3"/>
       <c r="G769" s="3"/>
       <c r="H769" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="3">
         <v>768</v>
       </c>
       <c r="B770" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C770" s="3">
-        <v>399357</v>
+        <v>2092</v>
       </c>
       <c r="D770" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E770" s="3" t="s">
-        <v>1334</v>
+        <v>512</v>
       </c>
       <c r="F770" s="3"/>
       <c r="G770" s="3"/>
       <c r="H770" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="3">
         <v>769</v>
       </c>
       <c r="B771" s="3" t="s">
         <v>1335</v>
       </c>
       <c r="C771" s="3">
         <v>63001</v>
       </c>
       <c r="D771" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E771" s="3" t="s">
         <v>1336</v>
       </c>
       <c r="F771" s="3"/>
       <c r="G771" s="3"/>
@@ -24771,73 +24771,73 @@
         <v>1381</v>
       </c>
       <c r="C796" s="3">
         <v>99922233</v>
       </c>
       <c r="D796" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E796" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F796" s="3"/>
       <c r="G796" s="3"/>
       <c r="H796" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="3">
         <v>795</v>
       </c>
       <c r="B797" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="C797" s="3">
-        <v>10000710</v>
+        <v>36521478</v>
       </c>
       <c r="D797" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E797" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F797" s="3"/>
       <c r="G797" s="3"/>
       <c r="H797" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="3">
         <v>796</v>
       </c>
       <c r="B798" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="C798" s="3">
-        <v>36521478</v>
+        <v>10000710</v>
       </c>
       <c r="D798" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E798" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F798" s="3"/>
       <c r="G798" s="3"/>
       <c r="H798" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="3">
         <v>797</v>
       </c>
       <c r="B799" s="3" t="s">
         <v>1383</v>
       </c>
       <c r="C799" s="3">
         <v>80070650</v>
       </c>
       <c r="D799" s="3" t="s">
         <v>10</v>
@@ -25057,73 +25057,73 @@
         <v>1399</v>
       </c>
       <c r="C809" s="3" t="s">
         <v>1400</v>
       </c>
       <c r="D809" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E809" s="3" t="s">
         <v>169</v>
       </c>
       <c r="F809" s="3"/>
       <c r="G809" s="3"/>
       <c r="H809" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" s="3">
         <v>808</v>
       </c>
       <c r="B810" s="3" t="s">
         <v>1401</v>
       </c>
       <c r="C810" s="3">
-        <v>10000520</v>
+        <v>80808080</v>
       </c>
       <c r="D810" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E810" s="3" t="s">
         <v>1402</v>
       </c>
       <c r="F810" s="3"/>
       <c r="G810" s="3"/>
       <c r="H810" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" s="3">
         <v>809</v>
       </c>
       <c r="B811" s="3" t="s">
         <v>1401</v>
       </c>
       <c r="C811" s="3">
-        <v>80808080</v>
+        <v>10000520</v>
       </c>
       <c r="D811" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E811" s="3" t="s">
         <v>1402</v>
       </c>
       <c r="F811" s="3"/>
       <c r="G811" s="3"/>
       <c r="H811" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" s="3">
         <v>810</v>
       </c>
       <c r="B812" s="3" t="s">
         <v>1403</v>
       </c>
       <c r="C812" s="3">
         <v>39000009</v>
       </c>
       <c r="D812" s="3" t="s">
         <v>10</v>
@@ -27609,73 +27609,73 @@
         <v>1602</v>
       </c>
       <c r="C925" s="3">
         <v>10215785152</v>
       </c>
       <c r="D925" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E925" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F925" s="3"/>
       <c r="G925" s="3"/>
       <c r="H925" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="3">
         <v>924</v>
       </c>
       <c r="B926" s="3" t="s">
         <v>1603</v>
       </c>
       <c r="C926" s="3">
-        <v>68245577</v>
+        <v>682455</v>
       </c>
       <c r="D926" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E926" s="3" t="s">
         <v>1563</v>
       </c>
       <c r="F926" s="3"/>
       <c r="G926" s="3"/>
       <c r="H926" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="3">
         <v>925</v>
       </c>
       <c r="B927" s="3" t="s">
         <v>1603</v>
       </c>
       <c r="C927" s="3">
-        <v>682455</v>
+        <v>68245577</v>
       </c>
       <c r="D927" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E927" s="3" t="s">
         <v>1563</v>
       </c>
       <c r="F927" s="3"/>
       <c r="G927" s="3"/>
       <c r="H927" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="3">
         <v>926</v>
       </c>
       <c r="B928" s="3" t="s">
         <v>1604</v>
       </c>
       <c r="C928" s="3">
         <v>10283164778</v>
       </c>
       <c r="D928" s="3" t="s">
         <v>23</v>
@@ -28951,79 +28951,79 @@
         <v>1699</v>
       </c>
       <c r="C986" s="3">
         <v>399107</v>
       </c>
       <c r="D986" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E986" s="3" t="s">
         <v>1055</v>
       </c>
       <c r="F986" s="3"/>
       <c r="G986" s="3"/>
       <c r="H986" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="3">
         <v>985</v>
       </c>
       <c r="B987" s="3" t="s">
         <v>1700</v>
       </c>
       <c r="C987" s="3">
-        <v>32132132</v>
+        <v>78870009</v>
       </c>
       <c r="D987" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E987" s="3" t="s">
-        <v>1701</v>
+        <v>181</v>
       </c>
       <c r="F987" s="3"/>
       <c r="G987" s="3"/>
       <c r="H987" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="3">
         <v>986</v>
       </c>
       <c r="B988" s="3" t="s">
         <v>1700</v>
       </c>
       <c r="C988" s="3">
-        <v>78870009</v>
+        <v>32132132</v>
       </c>
       <c r="D988" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E988" s="3" t="s">
-        <v>181</v>
+        <v>1701</v>
       </c>
       <c r="F988" s="3"/>
       <c r="G988" s="3"/>
       <c r="H988" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" s="3">
         <v>987</v>
       </c>
       <c r="B989" s="3" t="s">
         <v>1702</v>
       </c>
       <c r="C989" s="3">
         <v>44083972</v>
       </c>
       <c r="D989" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E989" s="3" t="s">
         <v>1703</v>
       </c>
       <c r="F989" s="3"/>
       <c r="G989" s="3"/>
@@ -30821,101 +30821,101 @@
         <v>1841</v>
       </c>
       <c r="C1071" s="3">
         <v>399103</v>
       </c>
       <c r="D1071" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1071" s="3" t="s">
         <v>583</v>
       </c>
       <c r="F1071" s="3"/>
       <c r="G1071" s="3"/>
       <c r="H1071" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1072" spans="1:8">
       <c r="A1072" s="3">
         <v>1070</v>
       </c>
       <c r="B1072" s="3" t="s">
         <v>1842</v>
       </c>
       <c r="C1072" s="3">
-        <v>399278</v>
+        <v>399310</v>
       </c>
       <c r="D1072" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1072" s="3" t="s">
         <v>1843</v>
       </c>
       <c r="F1072" s="3"/>
       <c r="G1072" s="3"/>
       <c r="H1072" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1073" spans="1:8">
       <c r="A1073" s="3">
         <v>1071</v>
       </c>
       <c r="B1073" s="3" t="s">
         <v>1842</v>
       </c>
       <c r="C1073" s="3">
-        <v>399310</v>
+        <v>54005400</v>
       </c>
       <c r="D1073" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1073" s="3" t="s">
-        <v>1844</v>
+        <v>1128</v>
       </c>
       <c r="F1073" s="3"/>
       <c r="G1073" s="3"/>
       <c r="H1073" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1074" spans="1:8">
       <c r="A1074" s="3">
         <v>1072</v>
       </c>
       <c r="B1074" s="3" t="s">
         <v>1842</v>
       </c>
       <c r="C1074" s="3">
-        <v>54005400</v>
+        <v>399278</v>
       </c>
       <c r="D1074" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1074" s="3" t="s">
-        <v>1128</v>
+        <v>1844</v>
       </c>
       <c r="F1074" s="3"/>
       <c r="G1074" s="3"/>
       <c r="H1074" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1075" spans="1:8">
       <c r="A1075" s="3">
         <v>1073</v>
       </c>
       <c r="B1075" s="3" t="s">
         <v>1845</v>
       </c>
       <c r="C1075" s="3" t="s">
         <v>1846</v>
       </c>
       <c r="D1075" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1075" s="3" t="s">
         <v>1847</v>
       </c>
       <c r="F1075" s="3"/>
       <c r="G1075" s="3"/>
@@ -31377,51 +31377,51 @@
         <v>10</v>
       </c>
       <c r="E1096" s="3" t="s">
         <v>583</v>
       </c>
       <c r="F1096" s="3"/>
       <c r="G1096" s="3"/>
       <c r="H1096" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1097" spans="1:8">
       <c r="A1097" s="3">
         <v>1095</v>
       </c>
       <c r="B1097" s="3" t="s">
         <v>1876</v>
       </c>
       <c r="C1097" s="3">
         <v>2042</v>
       </c>
       <c r="D1097" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1097" s="3" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="F1097" s="3"/>
       <c r="G1097" s="3"/>
       <c r="H1097" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1098" spans="1:8">
       <c r="A1098" s="3">
         <v>1096</v>
       </c>
       <c r="B1098" s="3" t="s">
         <v>1877</v>
       </c>
       <c r="C1098" s="3" t="s">
         <v>1878</v>
       </c>
       <c r="D1098" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1098" s="3" t="s">
         <v>1879</v>
       </c>
       <c r="F1098" s="3"/>
       <c r="G1098" s="3"/>
@@ -31503,73 +31503,73 @@
         <v>1885</v>
       </c>
       <c r="C1102" s="3" t="s">
         <v>1886</v>
       </c>
       <c r="D1102" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1102" s="3" t="s">
         <v>1887</v>
       </c>
       <c r="F1102" s="3"/>
       <c r="G1102" s="3"/>
       <c r="H1102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1103" spans="1:8">
       <c r="A1103" s="3">
         <v>1101</v>
       </c>
       <c r="B1103" s="3" t="s">
         <v>1888</v>
       </c>
       <c r="C1103" s="3">
-        <v>399316</v>
+        <v>15915915</v>
       </c>
       <c r="D1103" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1103" s="3" t="s">
         <v>1889</v>
       </c>
       <c r="F1103" s="3"/>
       <c r="G1103" s="3"/>
       <c r="H1103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1104" spans="1:8">
       <c r="A1104" s="3">
         <v>1102</v>
       </c>
       <c r="B1104" s="3" t="s">
         <v>1888</v>
       </c>
       <c r="C1104" s="3">
-        <v>15915915</v>
+        <v>399316</v>
       </c>
       <c r="D1104" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1104" s="3" t="s">
         <v>1890</v>
       </c>
       <c r="F1104" s="3"/>
       <c r="G1104" s="3"/>
       <c r="H1104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1105" spans="1:8">
       <c r="A1105" s="3">
         <v>1103</v>
       </c>
       <c r="B1105" s="3" t="s">
         <v>1891</v>
       </c>
       <c r="C1105" s="3">
         <v>85850000</v>
       </c>
       <c r="D1105" s="3" t="s">
         <v>10</v>
@@ -34446,94 +34446,94 @@
         <v>1234</v>
       </c>
       <c r="B1236" s="3" t="s">
         <v>2120</v>
       </c>
       <c r="C1236" s="3" t="s">
         <v>2121</v>
       </c>
       <c r="D1236" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1236" s="3"/>
       <c r="F1236" s="3"/>
       <c r="G1236" s="3"/>
       <c r="H1236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1237" spans="1:8">
       <c r="A1237" s="3">
         <v>1235</v>
       </c>
       <c r="B1237" s="3" t="s">
         <v>2120</v>
       </c>
-      <c r="C1237" s="3">
-        <v>99997771</v>
+      <c r="C1237" s="3" t="s">
+        <v>2121</v>
       </c>
       <c r="D1237" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E1237" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1237" s="3"/>
       <c r="F1237" s="3"/>
       <c r="G1237" s="3"/>
       <c r="H1237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1238" spans="1:8">
       <c r="A1238" s="3">
         <v>1236</v>
       </c>
       <c r="B1238" s="3" t="s">
         <v>2120</v>
       </c>
-      <c r="C1238" s="3" t="s">
-        <v>2121</v>
+      <c r="C1238" s="3">
+        <v>97000097</v>
       </c>
       <c r="D1238" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E1238" s="3"/>
+      <c r="E1238" s="3" t="s">
+        <v>2122</v>
+      </c>
       <c r="F1238" s="3"/>
       <c r="G1238" s="3"/>
       <c r="H1238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1239" spans="1:8">
       <c r="A1239" s="3">
         <v>1237</v>
       </c>
       <c r="B1239" s="3" t="s">
         <v>2120</v>
       </c>
       <c r="C1239" s="3">
-        <v>97000097</v>
+        <v>99997771</v>
       </c>
       <c r="D1239" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1239" s="3" t="s">
         <v>2123</v>
       </c>
       <c r="F1239" s="3"/>
       <c r="G1239" s="3"/>
       <c r="H1239" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1240" spans="1:8">
       <c r="A1240" s="3">
         <v>1238</v>
       </c>
       <c r="B1240" s="3" t="s">
         <v>2124</v>
       </c>
       <c r="C1240" s="3">
         <v>10410223657</v>
       </c>
       <c r="D1240" s="3" t="s">
         <v>23</v>
@@ -36161,73 +36161,73 @@
         <v>2249</v>
       </c>
       <c r="C1314" s="3">
         <v>47890113</v>
       </c>
       <c r="D1314" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1314" s="3" t="s">
         <v>2250</v>
       </c>
       <c r="F1314" s="3"/>
       <c r="G1314" s="3"/>
       <c r="H1314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1315" spans="1:8">
       <c r="A1315" s="3">
         <v>1313</v>
       </c>
       <c r="B1315" s="3" t="s">
         <v>2251</v>
       </c>
       <c r="C1315" s="3">
-        <v>399279</v>
+        <v>399237</v>
       </c>
       <c r="D1315" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1315" s="3" t="s">
         <v>2252</v>
       </c>
       <c r="F1315" s="3"/>
       <c r="G1315" s="3"/>
       <c r="H1315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1316" spans="1:8">
       <c r="A1316" s="3">
         <v>1314</v>
       </c>
       <c r="B1316" s="3" t="s">
         <v>2251</v>
       </c>
       <c r="C1316" s="3">
-        <v>399237</v>
+        <v>399279</v>
       </c>
       <c r="D1316" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1316" s="3" t="s">
         <v>2253</v>
       </c>
       <c r="F1316" s="3"/>
       <c r="G1316" s="3"/>
       <c r="H1316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1317" spans="1:8">
       <c r="A1317" s="3">
         <v>1315</v>
       </c>
       <c r="B1317" s="3" t="s">
         <v>2254</v>
       </c>
       <c r="C1317" s="3">
         <v>89000011</v>
       </c>
       <c r="D1317" s="3" t="s">
         <v>10</v>